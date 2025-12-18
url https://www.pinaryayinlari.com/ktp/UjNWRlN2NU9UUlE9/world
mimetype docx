--- v0 (2025-10-22)
+++ v1 (2025-12-18)
@@ -32,70 +32,70 @@
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="TanitimBulteniTable"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Demo Yayınevi  Tanıtım Bülteni</w:t>
+              <w:t xml:space="preserve">Pınar Yayınları  Tanıtım Bülteni</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:pict>
-                <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:300.95969289827pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
+                <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:301.15384615385pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eser Adı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MÜFREDAT Kur´an Kavramları Sözlüğü</w:t>
@@ -269,50 +269,118 @@
               <w:t xml:space="preserve">2.100,00 TL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Henüz tercümesi bitmeden okuyucusu tarafından merakla beklenen muhteşem eser MÜFREDAT, beklenen ilgiyi hak edecek biçimde hazırlandı.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ragıp el-İsfehaninin çağlar ötesinden bugünü aydınlatan ve zamanın eskitemediği kıymetli eseri, titiz tercümesi, dipnotları ve tetkikleriyle Kuran okuyan herkesin başucu kitabı olmayı hak etmektedir.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Çevirisini ve tetkiklerini Yusuf Türkerin yaptığı Müfredat bütün kütüphalerin vaz geçilmez eseri.</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Arka Kapak Yazısı Râğıb el-İsfahani, Müfredâtında zengin bir bilgi birikimine ve büyük bir derinliğe işâret eden benzersiz bir metot, üst düzey bir yol takip etmiştir.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bir maddede ilk olarak maddenin gerçek anlamını, sonra ondan türeyen (anlamları), sonra maddenin mecâzî anlamlarını zikrettiğini ve onun gerçek anlamla ne kadar irtibatlı olduğunu açıkladığını görmekteyiz.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bu da, ancak dili bütünüyle anlayan, onun derinliklerine ve deryalarına dalmış olan birinin güç yetirebileceği bir iştir.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bunlarla ilgili ilk olarak Kurândan, ikinci olarak hadislerden sonra üçüncü olarak da Arapların şiirlerinden ve sözlerinden örnekler zikreder.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kurânı daha çok Kurânla, sonra sahâbenin ve tabiinin sözleriyle tefsîr ettiğini sonra da hükemânın şerîatla uyan görüşlerini zikrettiğini görmekteyiz.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Râğıb el-İsfahani Müfredâtında, İbn Abbâs , İbn Mesûd , Ali b.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ebî Tâlib , Ömer b.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">el-Hattâb , Mücâhid , Katâde , el-Hasan el-Basrî , el-Esamm , Cafer es-Sâdık , eş-Şabî ve Sufyân gibi müfessirlerden, el-Muberred , el-Kisâî, Sibeveyhi , Yûnus , Ebû Zeyd , et-Tevvezî, el-Esmaî ve İbnul-Erabi gibi dilcilerden, Hazma Yakûb ve en-Nakkkâş gibi kurrâdan ve el-Cubbâî, Ebul-Kâsım el-Belhî ve Ebubekir el-Allâf gibi kelamcılardan aktarımlarda bulunmuştur.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ayrıca hükemânın sözlerinden de aktarımda bulunmuştur.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bunların tümü eseri, dilde ve tefsirde önemli kaynaklardan biri yapmıştır.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>