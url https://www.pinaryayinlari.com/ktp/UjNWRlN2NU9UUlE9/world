--- v1 (2025-12-18)
+++ v2 (2026-02-04)
@@ -139,50 +139,64 @@
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AMERİKAN</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">Eser Tipi: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orjinal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HOLMEN SB 60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BRISTOL AMERİKAN 230</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -244,51 +258,51 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9789753522625</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2.100,00 TL</w:t>
+              <w:t xml:space="preserve">2.800,00 TL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>