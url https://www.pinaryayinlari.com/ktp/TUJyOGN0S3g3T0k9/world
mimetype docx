--- v0 (2025-10-22)
+++ v1 (2025-12-18)
@@ -32,51 +32,51 @@
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="TanitimBulteniTable"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Demo Yayınevi  Tanıtım Bülteni</w:t>
+              <w:t xml:space="preserve">Pınar Yayınları  Tanıtım Bülteni</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:pict>
                 <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:311.84466019417pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
@@ -244,75 +244,132 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9789753525565</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">475,00 TL</w:t>
+              <w:t xml:space="preserve">474,50 TL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Günümüzde amel kelimesi sadece ibadetlerle sınırlı davranışları ifade eden bir terim şeklinde anlaşılır.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Oysa insanın yaptığı her türlü iş, tutum, davranış, üretim, hareket, etkinlik, uygulama, fiiliyata geçirme yahut gerçekleştirme gibi pek çok eylem bu kelimeyle ilgilidir.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bu yönüyle amel geleneksel içeriklerin ufkunu açar ve onları anlaşılır kılar.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hem zaten pratik, teorik bilgiyi inceltip, geliştirip derinlik kazandırmaz mı? Aslında "Allah bildiğiyle amel eden kimseyi bilmediğine varis kılar.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">" hadisi bunu doğrulamaktadır.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Taha Abdurrahman temel eserlerinin neredeyse tümünde amele yer verir ve kelimeye dikkate değer felsefi bir açıklama getirir.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Amel Sorunsalı kitabında İslamdaki bilgi-amel diyalektiğini, İslam epistemolojisinin temellerinden biri şeklinde anlamaktadır.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bu ise inanç, dil ve bilgiyi bir pratik konusu olarak ele alan filozofun yaklaşım tarzına Batılı düşüncede genelde bulunmayan bir boyut kazandırır.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Şu hâlde söz eylemle uyuşmadığı, söylem davranışa karşılık gelmediği takdirde inancın bir değeri yoktur.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Buna karşın amel, sistemli bilginin uygulanmasından ibaret değil, bilakis onun somutlaşmasının ve mükemmelleşmesinin aracıdır.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bilgiyi amelin kurucu ilkesi kabul eden Taha Abdurrahmanın teorik dikkatinin önceliklerini, entelektüel ufkunu ve müdahalelerini yansıtan Amel Sorunsalı amelin içeriklerini, biçimlerini ve yapılarını yeniden düşünme fırsatı sunuyor.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>