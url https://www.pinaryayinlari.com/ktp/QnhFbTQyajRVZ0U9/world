--- v0 (2025-10-22)
+++ v1 (2025-12-18)
@@ -32,51 +32,51 @@
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="TanitimBulteniTable"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Demo Yayınevi  Tanıtım Bülteni</w:t>
+              <w:t xml:space="preserve">Pınar Yayınları  Tanıtım Bülteni</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:pict>
                 <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:312.68115942029pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>