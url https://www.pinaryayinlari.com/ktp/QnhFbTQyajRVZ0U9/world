--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -51,51 +51,51 @@
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pınar Yayınları  Tanıtım Bülteni</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:pict>
-                <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:312.68115942029pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
+                <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:310.79136690647pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eser Adı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hz. Muhammed(s)`in Hayatı</w:t>
@@ -283,50 +283,208 @@
               <w:t xml:space="preserve">455,00 TL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Çevresindeki insanlara göre farklı özelliklere sahipti.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hakka-hukuka önem veren birisiydi, yalandan nefret ederdi, mal düşkünü değildi, yardımseverdi.</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mağarada yaşadığı olaya kadar Onu çevresindeki insanlardan ayıran en önemli özelliği, sahip olduğu bu erdemli özellikleriydi.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Onun ahlaki erdemleri ise, erdem denen şeylerden oldukça uzak bir toplumda , herkesten farklı bir hayat tarzı edinmesine yol açmıştı.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Erdemleriyle yalnız olduğu gibi, yaşantısıyla da yalnız olmayı tercih etmiş; son birkaç yıldır toplumundan büyük oranda uzaklaşmıştı.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kendi toplumunda veya ticaret amacıyla gittiği diğer bazı toplumlarda da hep benzer şeyleri görmüştü.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dünyanın içinde debelendiği bütün bu kötülükleri, yanlışlıkları aklı kabul etmemiş, yüreği kaldırmamıştı.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dünyanın kapıldığı akıntıya kapılmamış; kötülükler içinde boğulan dünyanın bir parçası olmamıştı.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Elbette ki insanlığın sorunlarına duyarlı her insan gibi, O da bir çözüm arıyordu; kötülüklerin ve ahlaksızlıkların olmadığı bir dünyanın özlemini taşıyordu.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">İnsanlığın yanlışları karşısında, bir kurtuluş yolu arıyordu.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fakat bulamamıştı ve bulamıyordu.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Büyük komutanların, devlet adamlarının, bilim adamlarının, filozofların, ahlakçıların, din adamlarının, çaresiz kaldığı problemler, Onun içinde çözümü imkansız bir problem yumağına dönüşmüştü.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">O sene yine aynı mağaraya gelmiş ve birkaç günlüğüne inzivaya çekilmişti.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">İnsanla ilgili her şeye hakim olmuş kötülük ve yanlışlıkları fark eden, ancak gerçek iyiliğin ve doğrunun ne olduğunu bilemeyen bir kişi neler düşünürse, O da, o mağaranın sessizliğinde, yalnız başına benzer düşüncelere dalmıştı.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Tüm insanlığın kaderini etkileyecek olayı işte böylesi bir anda yaşadı.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mağaraya bu son kapanışında, derin düşüncelerin ve cevapsız soruların girdabında zihnini toplamaya çalışırken, aniden karşısına daha önce hiç görmediği bir varlık belirdi.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Varlık kendisine yaklaşıp Oku dedi.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Şaşırdı, Ben okuma bilmem dedi varlık, tekrar oku dedi yine okuma bilmediğini söyledi ve ikisi arasındaki konuşmalar bu şekilde devam etti.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mağarada olup bitenleri daha sonraları efendimiz şöyle anlatmıştır : Oku dedi.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ben okuma bilmem dedim.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bunun üzerine beni tuttu ve tüm gücüm kesilinceye kadar sıktı.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sonra bıraktı ve tekrar oku dedi.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ben yine Okuma bilmem dedim.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Beni tutup gücüm kesilinceye kadar tekrar sıktı.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sonra bırakarak, yine Oku dedi.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ben yine Okuma bilmem Nihayet beni tutup gücüm kesilinceye kadar bir kez daha sıktı.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sonra bıraktı ve şunları söyledi: Yaratan Rabbinin adıyla oku.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">O, insanı bir kan pıhtısından yarattı.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Oku , Rabbin nihayetsiz Kerem sahibidir; O, kalem ile öğretendir.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">İnsana bilmediğini O öğretti.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">(Alak , 1-5 )</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>