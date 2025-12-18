--- v0 (2025-10-22)
+++ v1 (2025-12-18)
@@ -32,51 +32,51 @@
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="TanitimBulteniTable"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Demo Yayınevi  Tanıtım Bülteni</w:t>
+              <w:t xml:space="preserve">Pınar Yayınları  Tanıtım Bülteni</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:pict>
                 <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:310.85271317829pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
@@ -244,75 +244,172 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9789753526142</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">215,00 TL</w:t>
+              <w:t xml:space="preserve">214,50 TL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Orhan Keskintaş, Batı’nın psikanaliz ve dilbilim çalışmalarından hareketle hikayenin geleneksel toplumlardaki oynadığı role odaklanıyor.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yazara göre hikayede etik ve estetik olmak üzere iki temek siyaset bulunur.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Etik siyaset, başkasıyla kurulan ilişkidir.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yasayla kendini bulan etik siyaset bir şiddet kipi içerir.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yasanın kendisi, önce komşuyu ve sınırları var eder; sonra, başka ile ben arasına hak kavramını koyar.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Etik siyaset, farkı açığa çıkarır, onu siyasetin konusu yapar.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hikayenin, olağanüstü dünya kavrayışı içinde etik siyaset, her anlatıda değişen ben’in sürekli başkasıyla ilişkisidir.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hikaye içinde empati, etik siyaseti temellendirir.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Çünkü, “yasa (hep) bir hikaye talep eder.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">” Keskintaş, kitapta güzele dair düşüncenin hikayede nasıl bir estetik siyaset ürettiğini anlamaya çalışır.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Estetik siyaset, varlıkların saf temaşada kavranmasıdır.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Wittgenstein’ın dediği gibi, ebedi bakış ile ancak varlıklar birlik olarak algılanabilir.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Birlik ve bütünleşme; bilinçdışının temel talebidir, ölümle baş etme yoludur.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Estetik bundan dolayı güzel karşısında kendini kaybeder.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Estetik siyaset, emin olmanın ürettiği saf etiğe dayanır.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yasasız ve şiddetsizdir; ahlaki ilkenin farklara dayalı dünyasını aşmaya çalışır ve her şeyi birlik halinde görür.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Desenlerdeki boşluk ile doluluğun yüzeyi var etmesinde olduğu gibi, varmış ve yokmuşu da birliğin kurulması için eş zamanda kavrar.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yasanın ihtiyaç duyduğu öykünün (Blanchot) sınırını hikaye, varmış ve yokmuşu eşitleyerek aşar.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Böylece şiddet içeren yasayı iptal eder ve kendini sadece birlik ve sessizliğe bırakır.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>