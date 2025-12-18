--- v0 (2025-10-22)
+++ v1 (2025-12-18)
@@ -32,51 +32,51 @@
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="TanitimBulteniTable"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Demo Yayınevi  Tanıtım Bülteni</w:t>
+              <w:t xml:space="preserve">Pınar Yayınları  Tanıtım Bülteni</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:pict>
                 <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:290.66666666667pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>