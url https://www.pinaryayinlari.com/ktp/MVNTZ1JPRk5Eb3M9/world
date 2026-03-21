--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -51,51 +51,51 @@
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pınar Yayınları  Tanıtım Bülteni</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:pict>
-                <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:290.66666666667pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
+                <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:291.74041297935pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eser Adı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hz. Muhammed`in (sav.) Hayatı ve İslâm Daveti (Karton Kapak, 2 Cilt)</w:t>
@@ -283,50 +283,98 @@
               <w:t xml:space="preserve">1.560,00 TL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">O, Allahın, insanlara, dünya ve ahiret hayatlarını esenlik yurdu (Yunus, 10:25) kılacak yolu göstermek için gönderdiği elçilerinin sonuncusu Hz.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Muhammed (s)den başkası değildi.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Söz konusu olay ise, Onun, Allahın elçisi olarak seçildiğini bildiren ve böylelikle insanlara mutlak hakikâtleri bildirme sürecini başlatan vahiyle ilk defa muhatap oluşuydu.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bu olayı, yani ilk vahyin gelişini takiben, kıyamete kadar ki zaman içerisinde yaşayacak bütün insanlar için gerçek mutluluğun, adaletin, huzurun, güvenin, iyiliğin, güzelliğin.</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">yolunu gösterecek ilâhî bilgiler yirmi yılı aşkın süreyle vahyolundu.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vahyolunan her ayetle bireysel ve toplumsal hayatın olması gereken en mükemmel şekli, en güzel muhtevası bildirildi, açıklandı, gösterildi.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vahyolunan ayetler ve o ayetlerin oluşturduğu Kuran önce elçisini eğitip yetiştirdi.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Onun ilâhî talimatlarıyla mükemmelleşen ve tüm insanlık için en güzel model haline gelen uygulamaları ve yaşantısı ise ilâhî bilginin pratiğe aktarılışı olarak anlam kazandı.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Böylelikle, insanlığa sunulan dosdoğru ve en güzel hayat tarzı, teorik esaslar halinde insanlara bildirilen bir bilgi yığını olmaktan çıktı; ilâhî bilgi Onun şahsında en mükemmel modelini buldu; insanlık Onun şahsında bir insanın ulaşabileceği en mükemmel aşamaya erişti.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>