--- v0 (2025-10-22)
+++ v1 (2025-12-18)
@@ -32,51 +32,51 @@
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="TanitimBulteniTable"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Demo Yayınevi  Tanıtım Bülteni</w:t>
+              <w:t xml:space="preserve">Pınar Yayınları  Tanıtım Bülteni</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:pict>
                 <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:312.13235294118pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
@@ -244,75 +244,92 @@
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ISBN No: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9789753521611</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etiket Fiyatı: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">215,00 TL</w:t>
+              <w:t xml:space="preserve">214,50 TL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Arka Kapak Yazısı Ey insanlar! Rabbinize kulluk ediniz.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">(Bakara 21) ayeti kerimesinin manası nedir.</w:t>
+            </w:r>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kulluk ne demektir? İbadet nedir, kulluk ne demektir? Teferruata ait bilgiler nelerdir? Dinin tamamı kulluk manasının içinde midir, yoksa değil midir? Kulluğun hakikati nedir? Kulluk dünya ve ahirette en yüksek makam mıdır, yoksa onun üzerinde daha yüksek makamlarda mı var mıdır? Şeyhülislam İbni Teymiyye, bu kitabında kendisine sorulan soruların yukarıdaki soruların cevabını vermektedir.</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>